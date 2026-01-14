--- v0 (2025-11-17)
+++ v1 (2026-01-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R348b2b30c7fe4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd9326782aa4645dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Export List" sheetId="1" r:id="R53fb4e223a5242eb"/>
+    <sheet name="Export List" sheetId="1" r:id="Rb40a612674cd461a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
   <si>
     <t>BotanicalName</t>
   </si>
   <si>
     <t>CommonName</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Form</t>
   </si>
   <si>
     <t>Height</t>
   </si>
   <si>
     <t>Spread</t>
   </si>
   <si>
@@ -1127,51 +1127,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R53fb4e223a5242eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2793d3a2f94b46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R242e8455336b45ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb40a612674cd461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re73e43ec93884580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R31a536f816664305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7749546595982" customWidth="1" style="1"/>
     <col min="2" max="2" width="14.6450249808175" customWidth="1" style="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1" style="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1" style="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1" style="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1" style="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1" style="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1" style="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>