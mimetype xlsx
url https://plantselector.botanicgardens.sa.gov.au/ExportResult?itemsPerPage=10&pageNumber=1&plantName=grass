--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd9326782aa4645dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R47fda25087724e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Export List" sheetId="1" r:id="Rb40a612674cd461a"/>
+    <sheet name="Export List" sheetId="1" r:id="Re4e0a6a7d0b24d1f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="229">
   <si>
     <t>BotanicalName</t>
   </si>
   <si>
     <t>CommonName</t>
   </si>
   <si>
     <t>Origin</t>
   </si>
   <si>
     <t>Form</t>
   </si>
   <si>
     <t>Height</t>
   </si>
   <si>
     <t>Spread</t>
   </si>
   <si>
@@ -1127,51 +1127,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb40a612674cd461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re73e43ec93884580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R31a536f816664305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re4e0a6a7d0b24d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R498a8fb4751d463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R20fb50cf339c4f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7749546595982" customWidth="1" style="1"/>
     <col min="2" max="2" width="14.6450249808175" customWidth="1" style="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1" style="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1" style="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1" style="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1" style="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1" style="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1" style="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>